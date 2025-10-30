--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,74 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Tourney" sheetId="1" r:id="rId1"/>
     <sheet name="Competitors" sheetId="2" r:id="rId2"/>
     <sheet name="Turn 1" sheetId="3" r:id="rId3"/>
     <sheet name="Turn 2" sheetId="4" r:id="rId4"/>
     <sheet name="Turn 3" sheetId="5" r:id="rId5"/>
     <sheet name="Turn 4" sheetId="6" r:id="rId6"/>
     <sheet name="Turn 5" sheetId="7" r:id="rId7"/>
-    <sheet name="Ranking" sheetId="8" r:id="rId8"/>
+    <sheet name="Turn 6" sheetId="8" r:id="rId8"/>
+    <sheet name="Ranking" sheetId="9" r:id="rId9"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="50">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>3rd New Zealand Open Carrom Tournament Singles</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>New Zealand Carrom Association</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
@@ -171,50 +173,53 @@
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>
   <si>
     <t>Score</t>
+  </si>
+  <si>
+    <t>Prize</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d mmmm yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -241,51 +246,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2174,594 +2179,737 @@
     </row>
     <row r="15" spans="1:5">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E31"/>
+  <dimension ref="A1:E3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="5.7109375" customWidth="1"/>
+    <col min="2" max="3" width="30.7109375" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C1" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D1" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3">
+        <v>1</v>
+      </c>
+      <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3">
+        <v>25</v>
+      </c>
+      <c r="E3">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
-    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="3" max="6" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:6">
       <c r="A1" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>47</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>48</v>
       </c>
-    </row>
-    <row r="3" spans="1:5">
+      <c r="F1" s="4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3">
         <v>10</v>
       </c>
       <c r="D3">
         <v>34</v>
       </c>
       <c r="E3">
         <v>60</v>
       </c>
-    </row>
-    <row r="4" spans="1:5">
+      <c r="F3">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4">
         <v>8</v>
       </c>
       <c r="D4">
         <v>32</v>
       </c>
       <c r="E4">
         <v>61</v>
       </c>
-    </row>
-    <row r="5" spans="1:5">
+      <c r="F4">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5">
         <v>8</v>
       </c>
       <c r="D5">
         <v>30</v>
       </c>
       <c r="E5">
         <v>57</v>
       </c>
-    </row>
-    <row r="6" spans="1:5">
+      <c r="F5">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6">
         <v>8</v>
       </c>
       <c r="D6">
         <v>28</v>
       </c>
       <c r="E6">
         <v>88</v>
       </c>
-    </row>
-    <row r="7" spans="1:5">
+      <c r="F6">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7">
         <v>8</v>
       </c>
       <c r="D7">
         <v>26</v>
       </c>
       <c r="E7">
         <v>46</v>
       </c>
-    </row>
-    <row r="8" spans="1:5">
+      <c r="F7">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8">
         <v>32</v>
       </c>
       <c r="E8">
         <v>53</v>
       </c>
-    </row>
-    <row r="9" spans="1:5">
+      <c r="F8">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9">
         <v>30</v>
       </c>
       <c r="E9">
         <v>21</v>
       </c>
-    </row>
-    <row r="10" spans="1:5">
+      <c r="F9">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10">
         <v>26</v>
       </c>
       <c r="E10">
         <v>-1</v>
       </c>
-    </row>
-    <row r="11" spans="1:5">
+      <c r="F10">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11">
         <v>6</v>
       </c>
       <c r="D11">
         <v>24</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
-    </row>
-    <row r="12" spans="1:5">
+      <c r="F11">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12">
         <v>24</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
-    </row>
-    <row r="13" spans="1:5">
+      <c r="F12">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13">
         <v>6</v>
       </c>
       <c r="D13">
         <v>22</v>
       </c>
       <c r="E13">
         <v>46</v>
       </c>
-    </row>
-    <row r="14" spans="1:5">
+      <c r="F13">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14">
         <v>6</v>
       </c>
       <c r="D14">
         <v>22</v>
       </c>
       <c r="E14">
         <v>18</v>
       </c>
-    </row>
-    <row r="15" spans="1:5">
+      <c r="F14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>12</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15">
         <v>32</v>
       </c>
       <c r="E15">
         <v>-22</v>
       </c>
-    </row>
-    <row r="16" spans="1:5">
+      <c r="F15">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16">
         <v>30</v>
       </c>
       <c r="E16">
         <v>-56</v>
       </c>
-    </row>
-    <row r="17" spans="1:5">
+      <c r="F16">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17">
         <v>4</v>
       </c>
       <c r="D17">
         <v>24</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:5">
+      <c r="F17">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18">
         <v>22</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:5">
+      <c r="F18">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>27</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19">
         <v>22</v>
       </c>
       <c r="E19">
         <v>-17</v>
       </c>
-    </row>
-    <row r="20" spans="1:5">
+      <c r="F19">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="C20">
         <v>4</v>
       </c>
       <c r="D20">
         <v>22</v>
       </c>
       <c r="E20">
         <v>-30</v>
       </c>
-    </row>
-    <row r="21" spans="1:5">
+      <c r="F20">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21">
         <v>4</v>
       </c>
       <c r="D21">
         <v>20</v>
       </c>
       <c r="E21">
         <v>37</v>
       </c>
-    </row>
-    <row r="22" spans="1:5">
+      <c r="F21">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>33</v>
       </c>
       <c r="C22">
         <v>4</v>
       </c>
       <c r="D22">
         <v>20</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
-    </row>
-    <row r="23" spans="1:5">
+      <c r="F22">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
       <c r="C23">
         <v>4</v>
       </c>
       <c r="D23">
         <v>16</v>
       </c>
       <c r="E23">
         <v>-14</v>
       </c>
-    </row>
-    <row r="24" spans="1:5">
+      <c r="F23">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>38</v>
       </c>
       <c r="C24">
         <v>4</v>
       </c>
       <c r="D24">
         <v>14</v>
       </c>
       <c r="E24">
         <v>19</v>
       </c>
-    </row>
-    <row r="25" spans="1:5">
+      <c r="F24">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
       <c r="C25">
         <v>4</v>
       </c>
       <c r="D25">
         <v>2</v>
       </c>
       <c r="E25">
         <v>46</v>
       </c>
-    </row>
-    <row r="26" spans="1:5">
+      <c r="F25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26">
         <v>22</v>
       </c>
       <c r="E26">
         <v>-78</v>
       </c>
-    </row>
-    <row r="27" spans="1:5">
+      <c r="F26">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
         <v>34</v>
       </c>
       <c r="C27">
         <v>2</v>
       </c>
       <c r="D27">
         <v>20</v>
       </c>
       <c r="E27">
         <v>-82</v>
       </c>
-    </row>
-    <row r="28" spans="1:5">
+      <c r="F27">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>22</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28">
         <v>18</v>
       </c>
       <c r="E28">
         <v>-85</v>
       </c>
-    </row>
-    <row r="29" spans="1:5">
+      <c r="F28">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>23</v>
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29">
         <v>16</v>
       </c>
       <c r="E29">
         <v>-53</v>
       </c>
-    </row>
-    <row r="30" spans="1:5">
+      <c r="F29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>36</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>18</v>
       </c>
       <c r="E30">
         <v>-86</v>
       </c>
-    </row>
-    <row r="31" spans="1:5">
+      <c r="F30">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31">
         <v>0</v>
       </c>
       <c r="D31">
         <v>16</v>
       </c>
       <c r="E31">
         <v>-30</v>
+      </c>
+      <c r="F31">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Tourney</vt:lpstr>
       <vt:lpstr>Competitors</vt:lpstr>
       <vt:lpstr>Turn 1</vt:lpstr>
       <vt:lpstr>Turn 2</vt:lpstr>
       <vt:lpstr>Turn 3</vt:lpstr>
       <vt:lpstr>Turn 4</vt:lpstr>
       <vt:lpstr>Turn 5</vt:lpstr>
+      <vt:lpstr>Turn 6</vt:lpstr>
       <vt:lpstr>Ranking</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>