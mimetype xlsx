--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -119,51 +119,51 @@
   <si>
     <t>Bany Robert</t>
   </si>
   <si>
     <t>Baumgartner Viktor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Böcker Peter</t>
   </si>
   <si>
     <t>Chifdzvi Vimfyh7i</t>
   </si>
   <si>
     <t>Chmelař Ondřej</t>
   </si>
   <si>
     <t>Chmelař Tomáš</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi</t>
+    <t>Chobe Thomas</t>
   </si>
   <si>
     <t>Clement Anthony</t>
   </si>
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma</t>
   </si>
   <si>
     <t>Donnini Rodolfo “Rudy”</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Fabiano Stefano</t>
   </si>