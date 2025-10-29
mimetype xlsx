--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -50,135 +50,135 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="345" uniqueCount="53">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Tournoi du Simple 2019</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Neuilly Sur Marne</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France du simple 2018</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Btegkwma Kqqgleli</t>
   </si>
   <si>
     <t>Btegoglq Vbifyj3q</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lnyfetwi F4ufxoga</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>M3egqu2y Gsyffdxq</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Znufsz6i Iqqfkfvq</t>
   </si>
   <si>
     <t>Board</t>
   </si>