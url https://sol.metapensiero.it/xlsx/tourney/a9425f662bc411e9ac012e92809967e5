--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -77,51 +77,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France du simple 2018</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Btegkwma Kqqgleli</t>
   </si>
   <si>
     <t>Btegoglq Vbifyj3q</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lnyfetwi F4ufxoga</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>M3egqu2y Gsyffdxq</t>
   </si>