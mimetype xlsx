--- v2 (2025-11-19)
+++ v3 (2026-03-09)
@@ -65,87 +65,87 @@
   <si>
     <t>Neuilly Sur Marne</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France du simple 2018</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
-    <t>Btegkwma Kqqgleli</t>
-[...2 lines deleted...]
-    <t>Btegoglq Vbifyj3q</t>
+    <t>Barthdeepan Kanagarajah</t>
+  </si>
+  <si>
+    <t>Barthdeepan Vijitha</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
-    <t>Lnyfetwi F4ufxoga</t>
+    <t>Lafont Fréderic</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
-    <t>M3egqu2y Gsyffdxq</t>
+    <t>Mudali Mahipala Gaveen</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
@@ -155,51 +155,51 @@
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
-    <t>Znufsz6i Iqqfkfvq</t>
+    <t>Zahirul Islam</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>