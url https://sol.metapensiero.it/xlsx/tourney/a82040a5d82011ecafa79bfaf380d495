--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -67,72 +67,72 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cieslak Jidé and Soudidier Olivier</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Wannuka Fernando Anjula</t>
+    <t>Hettiyakandage Gladwin and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Pantzos Athena and Garjah Ariane</t>
   </si>
   <si>
     <t>Pidial Yoann and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Palande Vinay</t>
   </si>
   <si>
-    <t>Toubert Remy and Labe Jean-Claude</t>
+    <t>Toubert Rémy and Labe Jean-Claude</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Cadet Christian and Mothe Christian</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>