--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -71,72 +71,72 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bouillon Jack and Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Dumas Patrice and Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc and Roumegous Florence</t>
   </si>
   <si>
-    <t>Gernet Xavier and Feqgf2ga C6ifit2a</t>
+    <t>Gernet Xavier and Fernandes Carlos</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq and Sieger Alain</t>
   </si>
   <si>
     <t>M7ufdz3i Jtufnvxq and Spqfmhzq Ejue2jmy</t>
   </si>
   <si>
     <t>Morien Benoît and Suat Patrick</t>
   </si>
   <si>
     <t>Mothe Christian and Mothe Norbert</t>
   </si>
   <si>
-    <t>Munaron Dominique and M74eghjy Ghyfbfvi</t>
+    <t>Munaron Dominique and Mas Gilles</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>