--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -110,51 +110,51 @@
   <si>
     <t>Balicchi Giorgio</t>
   </si>
   <si>
     <t>Buafhdzi Kgygu4xa</t>
   </si>
   <si>
     <t>Baumgartner Viktor</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Buchmann Walter</t>
   </si>
   <si>
     <t>Böcker Peter</t>
   </si>
   <si>
     <t>Chifdzvi Vimfyh7i</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi</t>
+    <t>Chobe Thomas</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Dnifnrwy Cmmfgfwq “Rsie7xoy”</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Essinger Sascha</t>
   </si>
   <si>
     <t>Fabiano Stefano</t>
   </si>
@@ -263,51 +263,51 @@
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Mrye53oq Szmfir2i</t>
   </si>
   <si>
     <t>Morsch Sebastian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Motta Claudio</t>
   </si>
   <si>
     <t>Mdmg5qsy Mtiexhpa</t>
   </si>
   <si>
-    <t>N4af4ufy Ko4fyqbq</t>
+    <t>Nandakumar Kandasamy</t>
   </si>
   <si>
     <t>N2yfugeq Alafwv7q</t>
   </si>
   <si>
     <t>Nowakowska Paulina</t>
   </si>
   <si>
     <t>Nowakowski Jakub</t>
   </si>
   <si>
     <t>Pedicini Francesco</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Perkin Julian</t>
   </si>
   <si>
     <t>Peter Wolfgang</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>