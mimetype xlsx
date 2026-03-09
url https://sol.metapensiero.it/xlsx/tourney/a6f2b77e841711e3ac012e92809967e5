--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -108,90 +108,90 @@
   <si>
     <t>Cristiani Gianluca and Martinelli Paolo</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Tomasi Fabio</t>
   </si>
   <si>
     <t>Eder Steffen and Rosin Kristian</t>
   </si>
   <si>
     <t>Essinger Sascha and Syafid2i Kqaevnoq</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Garjah Ariane and Perkin Julian</t>
   </si>
   <si>
     <t>G3ufcf3a Jemeszla and Fehr Frank</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy and Khattry Paniagua Igor</t>
   </si>
   <si>
-    <t>Haqffhua Trifctza and C3qevhri Tm4fipwi</t>
+    <t>Haqffhua Trifctza and Chobe Thomas</t>
   </si>
   <si>
     <t>Hurtig Andreas and N2yfugeq Alafwv7q</t>
   </si>
   <si>
     <t>Hürlimann Lorenzo and Itee6bpa Anqffxwy</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Pidial Yoann</t>
   </si>
   <si>
     <t>Ksufnfyy Mj4flnwa and Baumgartner Viktor</t>
   </si>
   <si>
     <t>Kanagan Balendran and Rangasamy Soundararajah</t>
   </si>
   <si>
     <t>Kanagan Santhakumar and Kanagan Theivendran</t>
   </si>
   <si>
     <t>Kmaezjnq Mwifib2a and Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>K24etfry Rlye7xni and Humbert Nick</t>
   </si>
   <si>
     <t>Kumar Ish and Ahmed Shuab</t>
   </si>
   <si>
     <t>Lu4evvpq T7yfp74a and Sander Bernhard</t>
   </si>
   <si>
     <t>Lcmful5y Dnuetpoa and Soyfteby Sxmfm72i</t>
   </si>
   <si>
     <t>Martinelli Andrea and Martinelli Giulio</t>
   </si>
   <si>
-    <t>Mothe Norbert and N4af4ufy Ko4fyqbq</t>
+    <t>Mothe Norbert and Nandakumar Kandasamy</t>
   </si>
   <si>
     <t>Motta Claudio and Fabiano Stefano</t>
   </si>
   <si>
     <t>Mdmg5qsy Mtiexhpa and Kvyfqibi Jxufldyq</t>
   </si>
   <si>
     <t>Nowakowska Paulina and Dnifnrwy Cmmfgfwq “Rsie7xoy”</t>
   </si>
   <si>
     <t>Nowakowski Jakub and Pogorzelski Sylwester</t>
   </si>
   <si>
     <t>Pedicini Francesco and Stucchi Stefano</t>
   </si>
   <si>
     <t>Pereira Fabian and Colin Thibault</t>
   </si>
   <si>
     <t>Peter Wolfgang and Jörg Johannes</t>
   </si>
   <si>
     <t>Polchow Dirk and Besser Stefan</t>
   </si>