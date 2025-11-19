--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -146,51 +146,51 @@
   <si>
     <t>Thiyagarajan Raja</t>
   </si>
   <si>
     <t>Schee Van Der Pim</t>
   </si>
   <si>
     <t>Rosin Kristian</t>
   </si>
   <si>
     <t>Vanderlan Ayesh Nilan</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Lefering Peter</t>
   </si>
   <si>
     <t>Blaut Witold</t>
   </si>
   <si>
     <t>Thenahandi Sajith Kumara</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Carrom Vnay</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>