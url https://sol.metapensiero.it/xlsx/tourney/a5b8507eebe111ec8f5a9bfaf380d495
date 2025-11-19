--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -162,51 +162,51 @@
   <si>
     <t>Krkavec Lukáš</t>
   </si>
   <si>
     <t>Bednář Matěj</t>
   </si>
   <si>
     <t>Kumar Alok</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>