--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -113,81 +113,81 @@
   <si>
     <t>Baumgartner Viktor</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Braun Denis</t>
   </si>
   <si>
     <t>Buchmann Walter</t>
   </si>
   <si>
     <t>Chifdzvi Vimfyh7i</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Clifyeai N2eeqzri</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi</t>
+    <t>Chobe Thomas</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Collard Steeve</t>
   </si>
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Dnifnrwy Cmmfgfwq “Rsie7xoy”</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Donnini Rodolfo “Rudy”</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
-    <t>Dniffjwq Ykufzn7q</t>
+    <t>Ducher Yuvaradj</t>
   </si>
   <si>
-    <t>Ddyfnxvq Mrqfgdyq</t>
+    <t>Dupé Michael</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Fabiano Stefano</t>
   </si>
   <si>
     <t>Faller Hans</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fbygpufq C2ufd7zq</t>
   </si>
   <si>
     <t>Frauenrath Ingo</t>
   </si>
   <si>
     <t>G3ufcf3a Jemeszla</t>
   </si>
@@ -224,60 +224,60 @@
   <si>
     <t>Kmaezjnq Mwifib2a</t>
   </si>
   <si>
     <t>Kracht Andreas</t>
   </si>
   <si>
     <t>Králová Romana</t>
   </si>
   <si>
     <t>Krüger Tobias</t>
   </si>
   <si>
     <t>Kumar Ish</t>
   </si>
   <si>
     <t>Lnieudny Jcyftt5y</t>
   </si>
   <si>
     <t>Lmqfxp7q Sf4gcyiy</t>
   </si>
   <si>
     <t>Meqfpptq Adyfabtq</t>
   </si>
   <si>
-    <t>Mg4fx76q Clufetwi “rrefk5xy”</t>
+    <t>Marchais Claude “rchais”</t>
   </si>
   <si>
     <t>Martinelli Andrea</t>
   </si>
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
-    <t>Mqafazxq C4mffh3i</t>
+    <t>Masson Cyrille</t>
   </si>
   <si>
     <t>Maurizi Riccardo</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Mlue67ni Ajqezrmy</t>
   </si>
   <si>
     <t>Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Mrye53oq Szmfir2i</t>
   </si>
   <si>
     <t>Motta Claudio</t>
   </si>
   <si>
     <t>Narkar Chandan</t>
   </si>
   <si>
     <t>N2yfugeq Alafwv7q</t>
   </si>