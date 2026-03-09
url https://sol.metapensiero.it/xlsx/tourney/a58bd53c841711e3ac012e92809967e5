--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -75,78 +75,78 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Carrom EuroCup Double</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdin Karnal and Ali Sunahar</t>
   </si>
   <si>
     <t>Ahmed Shuab and Ali Anhar</t>
   </si>
   <si>
     <t>Baumgartner Viktor and Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Buchmann Walter and Fbygpufq C2ufd7zq</t>
   </si>
   <si>
-    <t>Cano Stéphane and Ddyfnxvq Mrqfgdyq</t>
+    <t>Cano Stéphane and Dupé Michael</t>
   </si>
   <si>
     <t>Cieply Jeremy and Colin Thibault</t>
   </si>
   <si>
     <t>Cristiani Gianluca and Stucchi Stefano</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Tomasi Fabio</t>
   </si>
   <si>
     <t>Donnini Rodolfo “Rudy” and Ategwqza Ly4fwyfy</t>
   </si>
   <si>
     <t>Dubois Pierre and Collard Steeve</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and G3ufcf3a Jemeszla</t>
   </si>
   <si>
     <t>Frauenrath Ingo and Kracht Andreas</t>
   </si>
   <si>
-    <t>Haqffhua Trifctza and C3qevhri Tm4fipwi</t>
+    <t>Haqffhua Trifctza and Chobe Thomas</t>
   </si>
   <si>
     <t>Hurtig Andreas and N2yfugeq Alafwv7q</t>
   </si>
   <si>
     <t>Islam Nazrul and Awme3vqq Mpmfwgca</t>
   </si>
   <si>
     <t>Idqfgbty Niygsavq and Gomes Harvey</t>
   </si>
   <si>
     <t>Jörg Johannes and Polchow Dirk</t>
   </si>
   <si>
     <t>Kmaezjnq Mwifib2a and Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Krüger Tobias and Peter Wolfgang</t>
   </si>
   <si>
     <t>Kumar Ish and Narkar Chandan</t>
   </si>
   <si>
     <t>Lnieudny Jcyftt5y and Nessakh Karim</t>
   </si>
@@ -189,51 +189,51 @@
   <si>
     <t>Rosin Kristian and Eder Steffen</t>
   </si>
   <si>
     <t>Sander Bernhard and Humbert Nick</t>
   </si>
   <si>
     <t>Schneider Armin and Seibert Gunter “gunny”</t>
   </si>
   <si>
     <t>Sieger Alain and Bouillon Jack</t>
   </si>
   <si>
     <t>Sinha Nitesh “Nick” and Dnifnrwy Cmmfgfwq “Rsie7xoy”</t>
   </si>
   <si>
     <t>Szqe47ri R3aewdry and Clifyeai N2eeqzri</t>
   </si>
   <si>
     <t>Ulmfk7va A7ue77rq and Mlue67ni Ajqezrmy</t>
   </si>
   <si>
     <t>Vlyhf7di M2metrry and R6ievxsy Pyee4nra</t>
   </si>
   <si>
-    <t>Venou Mouraly and Dniffjwq Ykufzn7q</t>
+    <t>Venou Mouraly and Ducher Yuvaradj</t>
   </si>
   <si>
     <t>Vdqfo3tq Roqfadxa and Sieger Kevin</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>