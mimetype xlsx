--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -172,51 +172,51 @@
   <si>
     <t>Baumgartner Viktor and Muruganandam Anita</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Samland Werner</t>
   </si>
   <si>
     <t>Lipinska Eliza and Nowakowska Paulina</t>
   </si>
   <si>
     <t>Blaut Nikodem and Blaut Witold</t>
   </si>
   <si>
     <t>Deshpande Swapnil and Eswaramoorthy Yuvaraj</t>
   </si>
   <si>
     <t>Palande Vinay and Pereira Fabian</t>
   </si>
   <si>
     <t>Keram Lucas and Sieger Alain</t>
   </si>
   <si>
     <t>Cano Tifenn and Madduma A. - Morin Max</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Dubois Pierre and Olivier Yoann</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Morin Chrystelle</t>
   </si>
   <si>
     <t>Bilanovic Nebojsa and Jovanovic Milos</t>
   </si>