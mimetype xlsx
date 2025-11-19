--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -208,51 +208,51 @@
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Morin Chrystelle</t>
   </si>
   <si>
     <t>Bilanovic Nebojsa and Jovanovic Milos</t>
   </si>
   <si>
     <t>Rock Jan-Oliver and Sander Bernhard</t>
   </si>
   <si>
     <t>Stucchi Stefano and Zucchiatti Elisa</t>
   </si>
   <si>
     <t>Gajda Pawel and Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Wannuka Fernando Anjula</t>
+    <t>Fernandes Francisco and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Fernando Saman Priyantha and Ventola Francesco</t>
   </si>
   <si>
     <t>Scherrer Kurt and Thomas Barbara</t>
   </si>
   <si>
     <t>Buonauro Michele and Welikumbura Wasantha</t>
   </si>
   <si>
     <t>Bankovic Aleksandar and Pavlovic Aleksandar</t>
   </si>
   <si>
     <t>Aluthgama Prasad and Radenovic Nebojsa</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>