--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -248,51 +248,51 @@
   <si>
     <t>Liyanage Ari</t>
   </si>
   <si>
     <t>Meqfpptq Adyfabtq</t>
   </si>
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
     <t>Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Mrye53oq Szmfir2i</t>
   </si>
   <si>
     <t>Maufn7sy A5uewvsa</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Motta Claudio</t>
   </si>
   <si>
-    <t>N4af4ufy Ko4fyqbq</t>
+    <t>Nandakumar Kandasamy</t>
   </si>
   <si>
     <t>N2yfugeq Alafwv7q</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Nyqfssea Enefl5wq</t>
   </si>
   <si>
     <t>Nowakowska Paulina</t>
   </si>
   <si>
     <t>Nowakowski Jakub</t>
   </si>
   <si>
     <t>Ometto Paolo</t>
   </si>
   <si>
     <t>Pedicini Francesco</t>
   </si>
   <si>
     <t>Pellegatta Gabriele</t>
   </si>