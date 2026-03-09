--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -147,51 +147,51 @@
   <si>
     <t>Hussain Mukith and Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Ivaer5qq Nzaexrrq and Axyeghii Mqqfcvyy</t>
   </si>
   <si>
     <t>Khan Abdul and Kumar Ish</t>
   </si>
   <si>
     <t>Kqefsycq Tiift4ai and Gomes Harvey</t>
   </si>
   <si>
     <t>Lnieudny Jcyftt5y and Pereira Fabian</t>
   </si>
   <si>
     <t>Liyanage Ari and Kpefmlxa Sd4fepty</t>
   </si>
   <si>
     <t>Martinelli Andrea and Roif5sbq Siufpvvy</t>
   </si>
   <si>
     <t>Maufn7sy A5uewvsa and Awme3vqq Mpmfwgca</t>
   </si>
   <si>
-    <t>N4af4ufy Ko4fyqbq and Sander Bernhard</t>
+    <t>Nandakumar Kandasamy and Sander Bernhard</t>
   </si>
   <si>
     <t>Pellegatta Gabriele and Ometto Paolo</t>
   </si>
   <si>
     <t>Schneider Armin and Seibert Gunter “gunny”</t>
   </si>
   <si>
     <t>Sieger Kevin and Vdqfo3tq Roqfadxa</t>
   </si>
   <si>
     <t>Ubhayathunga Amitha and Rqmfbpyy Lyyehtiq</t>
   </si>
   <si>
     <t>Weerasinghe Shriyantha and Cristiani Gianluca</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>