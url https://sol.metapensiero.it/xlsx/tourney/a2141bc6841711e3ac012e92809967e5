--- v0 (2025-10-09)
+++ v1 (2026-02-13)
@@ -107,51 +107,51 @@
   <si>
     <t>Chifdzvi Vimfyh7i</t>
   </si>
   <si>
     <t>Chandiram Romesh</t>
   </si>
   <si>
     <t>Ciegj6iq Mfufbfua</t>
   </si>
   <si>
     <t>Cmyflrvq Vnafb7vy</t>
   </si>
   <si>
     <t>C3ae6nrq Agmfhdva</t>
   </si>
   <si>
     <t>Dp4gdqma Ay4fer2i</t>
   </si>
   <si>
     <t>Fabiano Stefano</t>
   </si>
   <si>
     <t>Fiyfzz6y Inefa5wq</t>
   </si>
   <si>
-    <t>Fi4fyb7i Maeffjta</t>
+    <t>Ferrieri Marco</t>
   </si>
   <si>
     <t>Gj4fpnty V3yfelza</t>
   </si>
   <si>
     <t>Hpqfipxq Aaaffdta</t>
   </si>
   <si>
     <t>Kteg62wy Cmqfwx7q</t>
   </si>
   <si>
     <t>Maurizi Riccardo</t>
   </si>
   <si>
     <t>Motta Claudio</t>
   </si>
   <si>
     <t>Nhmfsj5y Gpufd3wq</t>
   </si>
   <si>
     <t>Oq4fl7xq D7ye4xsq</t>
   </si>
   <si>
     <t>Ometto Paolo</t>
   </si>