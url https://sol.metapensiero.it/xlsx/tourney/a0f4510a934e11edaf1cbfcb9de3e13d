--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -76,57 +76,57 @@
   <si>
     <t>Championnat de France de Double 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Quintin Philippe and Soudidier Olivier</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
-    <t>Toubert Olivier and Toubert Remy</t>
+    <t>Toubert Olivier and Toubert Rémy</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Garjah Ariane and Pantzos Athena</t>
   </si>
   <si>
     <t>Lemoine Catherine and Lemoine Frédéric</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Khot Shaunak and Palande Vinay</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Pidial Steven</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>