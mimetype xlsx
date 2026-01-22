--- v1 (2025-10-30)
+++ v2 (2026-01-22)
@@ -88,51 +88,51 @@
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Quintin Philippe and Soudidier Olivier</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Toubert Olivier and Toubert Rémy</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Garjah Ariane and Pantzos Athena</t>
   </si>
   <si>
-    <t>Lemoine Catherine and Lemoine Frédéric</t>
+    <t>Aubert Catherine and Lemoine Frédéric</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Khot Shaunak and Palande Vinay</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Pidial Steven</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>