--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -99,51 +99,51 @@
   <si>
     <t>Collard Steeve</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Fabiano Stefano</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Maestrelli Ugo</t>
   </si>
   <si>
     <t>Martinelli Giulio</t>
   </si>
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>