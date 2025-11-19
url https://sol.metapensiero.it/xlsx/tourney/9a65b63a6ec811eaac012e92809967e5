--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Holtmann Sebastian</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Maestrelli Ugo</t>
   </si>
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
     <t>Michel Nicolas</t>
   </si>
   <si>
     <t>Mirisage Tharangaa</t>
   </si>
   <si>
     <t>Morga Pawel</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>