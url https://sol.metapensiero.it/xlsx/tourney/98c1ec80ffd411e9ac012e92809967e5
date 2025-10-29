--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -50,81 +50,81 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="47">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Tournoi d'Essey-lès-Nancy Simple 2019-2020</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Essey-lès-Nancy</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Maifrh2a Nxef4sba</t>
   </si>
   <si>
     <t>Mhufsj4a Viufvz4i</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Perkin Julian</t>
   </si>