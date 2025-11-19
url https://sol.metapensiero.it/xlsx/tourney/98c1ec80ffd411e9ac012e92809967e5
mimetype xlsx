--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -74,51 +74,51 @@
   <si>
     <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Maifrh2a Nxef4sba</t>
   </si>
   <si>
     <t>Mhufsj4a Viufvz4i</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>