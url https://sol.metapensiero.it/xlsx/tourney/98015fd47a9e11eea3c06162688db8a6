--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -86,51 +86,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Krüger Tobias</t>
   </si>
   <si>
     <t>Sander Bernhard</t>
   </si>
   <si>
     <t>Wendker Christian</t>
   </si>
   <si>
     <t>Stroebe Sarah</t>
   </si>
   <si>
     <t>Taraks Dierk</t>
   </si>
   <si>
     <t>Wehnes Kai</t>
   </si>
   <si>
     <t>Seubert Volker</t>
   </si>
   <si>
-    <t>Misbah Uddin Syed</t>
+    <t>Syed Misbahuddin</t>
   </si>
   <si>
     <t>Clement Anthony</t>
   </si>
   <si>
     <t>Rangasamy Soundararajah</t>
   </si>
   <si>
     <t>Kanagan Santhakumar</t>
   </si>
   <si>
     <t>Kanagan Balendran</t>
   </si>
   <si>
     <t>Kanagan Theivendran</t>
   </si>
   <si>
     <t>Kumala Rahim</t>
   </si>
   <si>
     <t>Nebeling Simon</t>
   </si>
   <si>
     <t>Polchow Dirk</t>
   </si>