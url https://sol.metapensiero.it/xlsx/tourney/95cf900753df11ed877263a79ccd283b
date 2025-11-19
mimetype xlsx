--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -76,51 +76,51 @@
   <si>
     <t>Championnat de France de Double 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Quintin Philippe and Soudidier Olivier</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Wannuka Fernando Anjula</t>
+    <t>Hettiyakandage Gladwin and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Cieply Jeremy and Cieslak Jidé</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Le Corre Clervie and Olivier Corinne</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>David Matthieu and Rebours Renaud</t>
   </si>
   <si>
     <t>Faure Stéphane and Pheraud Simon</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>