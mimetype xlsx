--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -92,51 +92,51 @@
   <si>
     <t>Btegoglq Vbifyj3q</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>D5afen2y Asifnhxi</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>