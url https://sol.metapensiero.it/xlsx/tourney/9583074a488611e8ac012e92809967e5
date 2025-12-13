--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -86,51 +86,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Btegkwma Kqqgleli</t>
   </si>
   <si>
     <t>Btegoglq Vbifyj3q</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>D5afen2y Asifnhxi</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>