--- v2 (2025-12-13)
+++ v3 (2026-03-09)
@@ -65,63 +65,63 @@
   <si>
     <t>Le Mée sur Seine</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2017-18</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
-    <t>Btegkwma Kqqgleli</t>
-[...2 lines deleted...]
-    <t>Btegoglq Vbifyj3q</t>
+    <t>Barthdeepan Kanagarajah</t>
+  </si>
+  <si>
+    <t>Barthdeepan Vijitha</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
-    <t>D5afen2y Asifnhxi</t>
+    <t>Diuksan Antony</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>