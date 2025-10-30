--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -82,51 +82,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dufour Florian and Hubert Eric</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Cieply Jeremy and Cieslak Jidé</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Dumas Patrice</t>
   </si>
   <si>
     <t>Lerouge Benoit and Lerouge Victor</t>
   </si>
   <si>
     <t>Gerbaut Patrick and Sieger Alain</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Pidial Yoann and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Limosin Bernard and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Petit Christophe and Thouron Eric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>