--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -101,51 +101,51 @@
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chqgieiq G74fpv3y</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dusausoit Thierry</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Muafhnyi Biefdnuy</t>
   </si>
   <si>
     <t>Montillier Alain</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>