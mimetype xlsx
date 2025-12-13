--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -92,51 +92,51 @@
   <si>
     <t>Baissat Daniel</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chqgieiq G74fpv3y</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dusausoit Thierry</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>