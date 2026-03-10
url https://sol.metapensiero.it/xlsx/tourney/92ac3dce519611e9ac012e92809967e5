--- v2 (2025-12-13)
+++ v3 (2026-03-10)
@@ -80,51 +80,51 @@
   <si>
     <t>Championnat de France de Simple 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz”</t>
   </si>
   <si>
     <t>Baissat Daniel</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
-    <t>Chqgieiq G74fpv3y</t>
+    <t>Cragnolini Gilbert</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dusausoit Thierry</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>