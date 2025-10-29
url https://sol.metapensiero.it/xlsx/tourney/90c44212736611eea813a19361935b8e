--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -85,54 +85,54 @@
   <si>
     <t>Eder Steffen and Joiko Patrick</t>
   </si>
   <si>
     <t>Delorme Alan and Dufour Michel</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Dufour Marie-Anne and Meyer Christian</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Pantzos Athena and Garjah Ariane</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Steven and Keram Lucas</t>
   </si>
   <si>
-    <t>Pidial Yoann and Hettiyakandage Gladvin</t>
-[...2 lines deleted...]
-    <t>Toubert Remy and Vignarajah Prashanna</t>
+    <t>Pidial Yoann and Hettiyakandage Gladwin</t>
+  </si>
+  <si>
+    <t>Toubert Rémy and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Tworek Frédéric and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Maliverney Titouan and Maliverney Océane</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>