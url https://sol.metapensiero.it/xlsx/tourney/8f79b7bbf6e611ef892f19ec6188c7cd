--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2024-25</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Cieply Jeremy and Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit and Lerouge Victor</t>
   </si>
   <si>
     <t>Keram Lucas and Wannuka Fernando Anjula</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Cano Tifenn and Petit Christophe</t>
   </si>
   <si>
     <t>Boulanger Jacques and Gerbaut Patrick</t>
   </si>
   <si>
     <t>Bottelin Lucas and Carrere Colin</t>
   </si>
   <si>
     <t>Luce Hélène and Pecqueux Edouard</t>
   </si>
   <si>
     <t>Bourigault Sandrine and Thouron Eric</t>
   </si>