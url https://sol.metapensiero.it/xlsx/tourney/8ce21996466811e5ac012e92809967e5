--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -116,51 +116,51 @@
   <si>
     <t>Da Fatti Daniele and Maurizi Riccardo</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma and Lgaf5z4i Mvafsqbq</t>
   </si>
   <si>
     <t>Dewangso Rafi and Eoyfdzuq Mjef654a</t>
   </si>
   <si>
     <t>Dvifldyq Ruqfnzyi and Thomas Barbara</t>
   </si>
   <si>
     <t>Eder Steffen and Rosin Kristian</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Kxufn32i Brmeznoq</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and G3ufcf3a Jemeszla</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Rajadurai Alfred</t>
+    <t>Fernandes Francisco and Rajadurai Alfred</t>
   </si>
   <si>
     <t>Fernando Saman Priyantha and Chifdzvi Vimfyh7i</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy and Khattry Paniagua Igor</t>
   </si>
   <si>
     <t>Hassan Mehedi and Kqefsycq Tiift4ai</t>
   </si>
   <si>
     <t>Humbert Nick and Wurst Heiko</t>
   </si>
   <si>
     <t>Hurtig Andreas and Soyfteby Sxmfm72i</t>
   </si>
   <si>
     <t>Islam Rahat and Khan Abdul</t>
   </si>
   <si>
     <t>Janßen Thomas and Naqff5sq Aq4ez3oa</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Berthélémy Thierry</t>
   </si>