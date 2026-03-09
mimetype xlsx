--- v1 (2025-11-19)
+++ v2 (2026-03-09)
@@ -89,51 +89,51 @@
   <si>
     <t>Ahmed Shuab and Ali Anhar</t>
   </si>
   <si>
     <t>Aquevloi Jfyfx76a and Hussain Mukith</t>
   </si>
   <si>
     <t>Balicchi Giorgio and Cartolano Luigi “gigi”</t>
   </si>
   <si>
     <t>Baumgartner Peter and Bq4gnoma Zueerlpq</t>
   </si>
   <si>
     <t>B6meqxri D6ee5bra and Grzegorczuk Kacper</t>
   </si>
   <si>
     <t>Buchmann Walter and Itee6bpa Anqffxwy</t>
   </si>
   <si>
     <t>Cano Stéphane and Pidial Yoann</t>
   </si>
   <si>
     <t>Chmelař Tomáš and Těšitel Jan</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi and Colin Thibault</t>
+    <t>Chobe Thomas and Colin Thibault</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Maurizi Riccardo</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma and Lgaf5z4i Mvafsqbq</t>
   </si>
   <si>
     <t>Dewangso Rafi and Eoyfdzuq Mjef654a</t>
   </si>
   <si>
     <t>Dvifldyq Ruqfnzyi and Thomas Barbara</t>
   </si>
   <si>
     <t>Eder Steffen and Rosin Kristian</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Kxufn32i Brmeznoq</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and G3ufcf3a Jemeszla</t>
   </si>