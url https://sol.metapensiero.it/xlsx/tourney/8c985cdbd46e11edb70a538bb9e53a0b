--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -70,51 +70,51 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Cadet Christian and Rolondo Gilot</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Wannuka Fernando Anjula</t>
+    <t>Hettiyakandage Gladwin and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Pantzos Athena and Garjah Ariane</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Pidial Steven and Soudidier Olivier</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Soundron Gracy and Soundron Prosper</t>
   </si>
   <si>
     <t>Palanisamy Richard and Tille Sourya</t>
   </si>