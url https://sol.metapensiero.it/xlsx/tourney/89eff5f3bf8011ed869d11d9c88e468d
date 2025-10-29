--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -79,51 +79,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Boulanger Jacques and Gerbaut Patrick</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Hubert Eric and Poisson Stéphane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Cieply Jeremy and Lefebvre Clément</t>
   </si>
   <si>
     <t>Petit Christophe and Thouron Eric</t>
   </si>
   <si>
     <t>Dumas Patrice and Piquemal Fabien</t>
   </si>
   <si>
     <t>Bozon Emmanuel and Limosin Bernard</t>
   </si>
   <si>
     <t>Toubert Olivier and Trompat Dominique</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>