--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -175,51 +175,51 @@
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dewangso Rafi</t>
   </si>
   <si>
     <t>Donnini Rodolfo “Rudy”</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Eigenmann Stefan</t>
   </si>
   <si>
     <t>Faller Hans</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Fernando Anuradha</t>
   </si>
   <si>
     <t>Fernando Sasi</t>
   </si>
   <si>
     <t>Fernando Suresh</t>
   </si>
   <si>
     <t>Formánek Aleš</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Gomes Harvey</t>
   </si>