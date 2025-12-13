--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -304,51 +304,51 @@
   <si>
     <t>Saric Vladimir</t>
   </si>
   <si>
     <t>Sasinski Bartek</t>
   </si>
   <si>
     <t>Sasinski Jakub</t>
   </si>
   <si>
     <t>Sekar Sugumar</t>
   </si>
   <si>
     <t>Shaihk Moaz</t>
   </si>
   <si>
     <t>Sinha Nitesh “Nick”</t>
   </si>
   <si>
     <t>Suba Aminath</t>
   </si>
   <si>
     <t>Tanaskovic Aleksandar</t>
   </si>
   <si>
-    <t>Tripankar Abhijeet</t>
+    <t>Tripankar Abhijit</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vidhaadh Aminath</t>
   </si>
   <si>
     <t>Vishama Aminath</t>
   </si>
   <si>
     <t>Walter Christopher “Chris”</t>
   </si>
   <si>
     <t>Zucchiatti Elisa</t>
   </si>
   <si>
     <t>Šalamun Tadej “Tedy”</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>