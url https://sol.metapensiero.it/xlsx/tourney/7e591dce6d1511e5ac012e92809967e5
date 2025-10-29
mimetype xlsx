--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -123,81 +123,81 @@
   <si>
     <t>Dbigiufi Seifxr4i</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Fainaz Aishath</t>
   </si>
   <si>
     <t>Fernando Nishantha</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Hemaet Molla Mohammad</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Joseph Roshita</t>
   </si>
   <si>
-    <t>Ktifkdxy Shagaciy</t>
+    <t>Kaiser Salah Uddin</t>
   </si>
   <si>
     <t>Komaravelli Srinivas</t>
   </si>
   <si>
     <t>Kumari Kajal</t>
   </si>
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Lsqfnhyy Crefczyq</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Nasrin Afsana</t>
   </si>
   <si>
-    <t>Nzufhxzq Fcmfyx4i</t>
+    <t>Nasrin Farhana</t>
   </si>
   <si>
     <t>Nazim Hassan</t>
   </si>
   <si>
     <t>N7qffx3q Hcyfrh4q</t>
   </si>
   <si>
-    <t>Naaf653y Afifmxty</t>
+    <t>Nishath Ainul</t>
   </si>
   <si>
     <t>Paqfxh5i Yimfl5vy</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Pogorzelski Sylwester</t>
   </si>
   <si>
     <t>Rahman Hafizur</t>
   </si>
   <si>
     <t>R7efkd5a Mnmfzobq</t>
   </si>
   <si>
     <t>Scherrer Kurt</t>
   </si>
   <si>
     <t>Sw4fh7xi Tkafnhtq</t>
   </si>
   <si>
     <t>Svmf3ccy D6eerlsa</t>
   </si>