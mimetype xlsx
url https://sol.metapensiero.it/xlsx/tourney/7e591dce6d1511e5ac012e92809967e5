--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -84,141 +84,141 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Ahmed Anas</t>
   </si>
   <si>
     <t>Ahmed Shuab</t>
   </si>
   <si>
     <t>Abuf4z4y Rdegjwia</t>
   </si>
   <si>
     <t>Aktar Sabina</t>
   </si>
   <si>
     <t>Ali Anhar</t>
   </si>
   <si>
     <t>A4uef3ja Mriflhyi</t>
   </si>
   <si>
     <t>Ali Sunahar</t>
   </si>
   <si>
-    <t>Asee4foq Acye3jki</t>
+    <t>Azim Ali</t>
   </si>
   <si>
     <t>Azmeen Ismail</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Ckafl5wa Cgefhpva</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma</t>
   </si>
   <si>
     <t>Dbigiufi Seifxr4i</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Fainaz Aishath</t>
   </si>
   <si>
     <t>Fernando Nishantha</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Hemaet Molla Mohammad</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Joseph Roshita</t>
   </si>
   <si>
-    <t>Kaiser Salah Uddin</t>
+    <t>Ktifkdxy Shagaciy</t>
   </si>
   <si>
     <t>Komaravelli Srinivas</t>
   </si>
   <si>
     <t>Kumari Kajal</t>
   </si>
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Lsqfnhyy Crefczyq</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Nasrin Afsana</t>
   </si>
   <si>
-    <t>Nasrin Farhana</t>
+    <t>Nzufhxzq Fcmfyx4i</t>
   </si>
   <si>
     <t>Nazim Hassan</t>
   </si>
   <si>
-    <t>N7qffx3q Hcyfrh4q</t>
-[...2 lines deleted...]
-    <t>Nishath Ainul</t>
+    <t>Neesham Hussain</t>
+  </si>
+  <si>
+    <t>Naaf653y Afifmxty</t>
   </si>
   <si>
     <t>Paqfxh5i Yimfl5vy</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Pogorzelski Sylwester</t>
   </si>
   <si>
     <t>Rahman Hafizur</t>
   </si>
   <si>
     <t>R7efkd5a Mnmfzobq</t>
   </si>
   <si>
     <t>Scherrer Kurt</t>
   </si>
   <si>
-    <t>Sw4fh7xi Tkafnhtq</t>
+    <t>Sehar Tuba</t>
   </si>
   <si>
     <t>Svmf3ccy D6eerlsa</t>
   </si>
   <si>
     <t>Shahid Abdus</t>
   </si>
   <si>
     <t>Tw4fi7yi Dmefur7a</t>
   </si>
   <si>
     <t>Vidhaadh Aminath</t>
   </si>
   <si>
     <t>Vishama Aminath</t>
   </si>
   <si>
     <t>Wxqg6czy Anufm7wy</t>
   </si>
   <si>
     <t>Zulfishan Aishath</t>
   </si>
   <si>
     <t>Board</t>
   </si>