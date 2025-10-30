--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -88,51 +88,51 @@
   <si>
     <t>Madduma A. - Morin Max and Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Labussiere Martin and Soudidier Olivier</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Venou Mouraly and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel and Cimetière Loïc</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Eder Steffen and Joiko Patrick</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
-    <t>Pidial Yoann and Hettiyakandage Gladvin</t>
+    <t>Pidial Yoann and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Cadet Christian and Morin Chrystelle</t>
   </si>
   <si>
     <t>Keram Lucas and Palande Vinay</t>
   </si>
   <si>
     <t>Fernandez Francisco and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Rafick Mouhamad and Mohamed Ibrahime</t>
   </si>
   <si>
     <t>Mohamed Ismail and Mohamed Rizwi</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>