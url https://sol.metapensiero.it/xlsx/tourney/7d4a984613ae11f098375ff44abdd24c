--- v1 (2025-10-30)
+++ v2 (2026-01-22)
@@ -97,51 +97,51 @@
   <si>
     <t>Venou Mouraly and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel and Cimetière Loïc</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Eder Steffen and Joiko Patrick</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Cadet Christian and Morin Chrystelle</t>
   </si>
   <si>
     <t>Keram Lucas and Palande Vinay</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Warnakulasuriya Antoine</t>
+    <t>Fernandes Francisco and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Rafick Mouhamad and Mohamed Ibrahime</t>
   </si>
   <si>
     <t>Mohamed Ismail and Mohamed Rizwi</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>