--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -93,66 +93,66 @@
   <si>
     <t>Dufour Michel and Dufour Marie-Anne</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Berthélémy Thierry</t>
   </si>
   <si>
     <t>Lerouge Benoit and Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Pantzos Athena and Garjah Ariane</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Steven and Keram Lucas</t>
   </si>
   <si>
-    <t>Pidial Yoann and Hettiyakandage Gladvin</t>
+    <t>Pidial Yoann and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Roussel Rudy and Dugué Nadège</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Thouron Eric and Dufour Natanaël</t>
   </si>
   <si>
     <t>Toubert Olivier and Girault Patrice</t>
   </si>
   <si>
-    <t>Toubert Remy and Palande Vinay</t>
+    <t>Toubert Rémy and Palande Vinay</t>
   </si>
   <si>
     <t>Tworek Frédéric and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Blum Alexis and Maliverney Titouan</t>
   </si>
   <si>
     <t>Sinha Raman and Sinha Rahul</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max and Morin Chrystelle</t>
   </si>
   <si>
     <t>Hure Laurent and Dugué Frédéric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>