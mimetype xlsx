--- v0 (2025-10-09)
+++ v1 (2026-01-02)
@@ -84,51 +84,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bankovic Aleksandar and Ajtic Marko</t>
   </si>
   <si>
     <t>Bcifz73q Vsme3bnq and Saric Vladimir</t>
   </si>
   <si>
     <t>Bilanovic Nebojsa and Pavlovic Aleksandar</t>
   </si>
   <si>
     <t>B3ifqkfy Nhyfh3vq and Mitic Milan</t>
   </si>
   <si>
     <t>Danic Momcilo and Maric Nemanja</t>
   </si>
   <si>
     <t>Jovanovic Milos and Matutinovic Dejan “demat”</t>
   </si>
   <si>
     <t>Lukic Dragan and Tanaskovic Aleksandar</t>
   </si>
   <si>
-    <t>Protic Dragomir and Sqmfdtwy Mfmfo3ti</t>
+    <t>Protic Dragomir and Scekic Marko</t>
   </si>
   <si>
     <t>Szefhjyq Flmfafuq and Sxifk3yy M64fhn3i</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>