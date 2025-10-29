--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -125,51 +125,51 @@
   <si>
     <t>Messeant Thomas</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Olivier Corinne</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Quintin Philippe</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>