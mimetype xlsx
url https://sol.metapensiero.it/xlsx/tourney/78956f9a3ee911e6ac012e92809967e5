--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -113,51 +113,51 @@
   <si>
     <t>Cano Stéphane and Mothe Norbert</t>
   </si>
   <si>
     <t>Chmelař Ondřej and Jvqgaoqi Jfqfkjua</t>
   </si>
   <si>
     <t>Chmelař Tomáš and Formánek Aleš</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Fabiano Stefano</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Humbert Nick</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and G3ufcf3a Jemeszla</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy and Wkugnskq Gtefg5yy</t>
   </si>
   <si>
-    <t>Gomes Harvey and N4af4ufy Ko4fyqbq</t>
+    <t>Gomes Harvey and Nandakumar Kandasamy</t>
   </si>
   <si>
     <t>Omar Hamed and Kumala Rahim</t>
   </si>
   <si>
     <t>Hassan Mehedi and A6mf3efy Gvmfhtyq “Cvifsgcy”</t>
   </si>
   <si>
     <t>Hurtig Andreas and Sander Bernhard</t>
   </si>
   <si>
     <t>Islam Rahat and Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Janßen Thomas and Eder Steffen</t>
   </si>
   <si>
     <t>Kanagan Theivendran and Clement Anthony</t>
   </si>
   <si>
     <t>Lerouge Benoit and Pereira Fabian</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>