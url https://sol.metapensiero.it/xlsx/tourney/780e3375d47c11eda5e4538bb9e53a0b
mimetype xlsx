--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -71,51 +71,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Rolondo Gilot</t>
   </si>
   <si>
     <t>Roussel Hugues</t>
   </si>
   <si>
     <t>Roussel Rudy</t>
   </si>