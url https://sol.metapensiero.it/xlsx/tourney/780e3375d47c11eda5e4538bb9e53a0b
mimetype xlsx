--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -137,51 +137,51 @@
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>