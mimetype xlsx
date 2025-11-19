--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -80,84 +80,84 @@
   <si>
     <t>Ali Anhar</t>
   </si>
   <si>
     <t>Bae Doh Hun “루팡”</t>
   </si>
   <si>
     <t>Bany Robert</t>
   </si>
   <si>
     <t>Ckafl5wa Cgefhpva</t>
   </si>
   <si>
     <t>Dhefi7vq Ftifn3za</t>
   </si>
   <si>
     <t>Fuaf2ecq Lcyfnlti</t>
   </si>
   <si>
     <t>Fernando Nishantha</t>
   </si>
   <si>
     <t>Gkyfqaay S7qfgj5a</t>
   </si>
   <si>
-    <t>Icmgl2hi Ssaeirga</t>
+    <t>Ilavazhaki I.</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Joseph Roshita</t>
   </si>
   <si>
     <t>Jörg Johannes</t>
   </si>
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Lsqfnhyy Crefczyq</t>
   </si>
   <si>
     <t>Mnefnxwq Slmfozwa</t>
   </si>
   <si>
     <t>Nazim Hassan</t>
   </si>
   <si>
     <t>Nowakowska Paulina</t>
   </si>
   <si>
     <t>Nowakowski Jakub</t>
   </si>
   <si>
     <t>Paqfxh5i Yimfl5vy</t>
   </si>
   <si>
-    <t>S6ifkf5a Kdqebhda</t>
+    <t>Srinivas K.</t>
   </si>
   <si>
     <t>Walter Christopher “Chris”</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>