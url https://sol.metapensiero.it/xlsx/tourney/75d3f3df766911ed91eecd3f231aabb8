--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -64,51 +64,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>United Arab Emirates Carrom Association</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>UAECF Singles</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abbas Musheer</t>
   </si>
   <si>
-    <t>Adil Meera</t>
+    <t>Khulsa Adil</t>
   </si>
   <si>
     <t>Chicktey Sufiyan</t>
   </si>
   <si>
     <t>Kahteb Amanullah B S</t>
   </si>
   <si>
     <t>Kokkat Jeslin</t>
   </si>
   <si>
     <t>Chadangil Mammu</t>
   </si>
   <si>
     <t>Ali Mansoor</t>
   </si>
   <si>
     <t>Pillai Vijay N</t>
   </si>
   <si>
     <t>Samy Nelson</t>
   </si>
   <si>
     <t>Alhosani Mohamed</t>
   </si>