--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -118,51 +118,51 @@
   <si>
     <t>Kumala Rahim and Manoharan Daniel</t>
   </si>
   <si>
     <t>Sander Bernhard and Weigel Meike</t>
   </si>
   <si>
     <t>Krüger Tobias and Kulkarni Yogesh</t>
   </si>
   <si>
     <t>Kulkarni Rajiv and Kulkarni Shanay</t>
   </si>
   <si>
     <t>Rangasamy Soundararajah and Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
     <t>Kanagan Theivendran and Mannan Eshan</t>
   </si>
   <si>
     <t>Kanagan Santhakumar and Poopal Karuna</t>
   </si>
   <si>
     <t>Humbert Nick and Purkayastha Nirupam</t>
   </si>
   <si>
-    <t>Besser Stefan and Misbah Uddin Syed</t>
+    <t>Besser Stefan and Syed Misbahuddin</t>
   </si>
   <si>
     <t>Baumann Stefan and Schneider Uwe</t>
   </si>
   <si>
     <t>Clement Anthony and Kanagan Balendran</t>
   </si>
   <si>
     <t>Forlivesi Mathias and Rock Jan-Oliver</t>
   </si>
   <si>
     <t>Omar Hamed and Rasouli Hassan</t>
   </si>
   <si>
     <t>Schmitz Volkmar and Leven Andrea</t>
   </si>
   <si>
     <t>Babu Maghesh and Vennilavan Thenmozhi Hariramkumar</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>