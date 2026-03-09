--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -284,51 +284,51 @@
   <si>
     <t>Mannan Eshan</t>
   </si>
   <si>
     <t>Maric Dragan</t>
   </si>
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
     <t>Matys Tadeáš</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Mqqewroi Acme2vki</t>
   </si>
   <si>
     <t>Mrye53oq Szmfir2i</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
-    <t>N4af4ufy Ko4fyqbq</t>
+    <t>Nandakumar Kandasamy</t>
   </si>
   <si>
     <t>Narkar Chandan</t>
   </si>
   <si>
     <t>N4ef6weq Vcifun4q</t>
   </si>
   <si>
     <t>Nowakowska Paulina</t>
   </si>
   <si>
     <t>Nowakowski Jakub</t>
   </si>
   <si>
     <t>Nowakowski Jan</t>
   </si>
   <si>
     <t>Pangare Prashant</t>
   </si>
   <si>
     <t>Pcafm7ty Ld4f64by</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>