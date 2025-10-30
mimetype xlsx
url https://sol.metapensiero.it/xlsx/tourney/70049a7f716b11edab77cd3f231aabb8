--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -128,63 +128,63 @@
   <si>
     <t>Meyer Christian</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>