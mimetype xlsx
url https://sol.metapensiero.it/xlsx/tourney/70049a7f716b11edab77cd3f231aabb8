--- v1 (2025-10-30)
+++ v2 (2025-12-15)
@@ -113,51 +113,51 @@
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Roussel Rudy</t>
   </si>
   <si>
     <t>Roussel Hugues</t>
   </si>
   <si>
     <t>Khot Shaunak</t>
   </si>
   <si>
     <t>Meyer Christian</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>