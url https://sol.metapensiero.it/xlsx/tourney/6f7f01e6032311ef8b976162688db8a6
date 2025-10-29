--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Keram Lucas and Poisson Stéphane</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz” and Chatagnat Philippe</t>
   </si>
   <si>
     <t>Blanco Yann and Gourin Rémy</t>
   </si>
   <si>
-    <t>Pidial Yoann and Hettiyakandage Gladvin</t>
+    <t>Pidial Yoann and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Dusausoit Lise and Dusausoit Thierry</t>
   </si>
   <si>
     <t>Baissat Daniel and Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Girault Patrice and Thouron Eric</t>
   </si>
   <si>
     <t>Suriya Stanley and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Dussaud Gilles and Nguyen Kim</t>
   </si>
   <si>
     <t>Esthi Stef and Sheick Hatim</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>