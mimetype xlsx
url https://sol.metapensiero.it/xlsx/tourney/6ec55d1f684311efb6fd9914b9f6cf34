--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -58,51 +58,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>European Carrom Confederation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Carrom EuroCup Single</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Sasinski Bartek</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth</t>
   </si>
   <si>
     <t>Vanderlan Ayesh Nilan</t>
   </si>
   <si>
     <t>Kumar Ish</t>
   </si>
   <si>
     <t>Krüger Tobias</t>
   </si>
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Pangare Prashant</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>