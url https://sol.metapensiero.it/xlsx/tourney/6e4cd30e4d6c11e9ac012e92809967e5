--- v0 (2025-10-09)
+++ v1 (2026-03-10)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Boulanger Jacques and Gerbaut Patrick</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Mothe Norbert and Munaron Dominique</t>
   </si>
   <si>
-    <t>M4qf2ebq Nfigbieq and Sieger Alain</t>
+    <t>Munaron Nathalie and Sieger Alain</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>