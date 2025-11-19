--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -105,51 +105,51 @@
   <si>
     <t>Berthélémy Thierry and Jupiter Sattirabady</t>
   </si>
   <si>
     <t>C24e3nra K7yeqxsq and Nowakowski Jakub</t>
   </si>
   <si>
     <t>Cano Stéphane and Mothe Norbert</t>
   </si>
   <si>
     <t>Chavda Natvarsingh and Narkar Chandan</t>
   </si>
   <si>
     <t>Dnifnrwy Cmmfgfwq “Rsie7xoy” and Hassan Mehedi</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Eder Steffen and Hurtig Andreas</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Pereira Fabian</t>
+    <t>Fernandes Francisco and Pereira Fabian</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper and Pemgdyia Lmifitwi</t>
   </si>
   <si>
     <t>Humbert Nick and Sander Bernhard</t>
   </si>
   <si>
     <t>Hbqfsj4a Deefbrti and Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Kanagan Balendran and Kanagan Theivendran</t>
   </si>
   <si>
     <t>Khattry Paniagua Igor and Mendez Banderas Luis Felipe</t>
   </si>
   <si>
     <t>Králová Romana and Smoljak Štěpán</t>
   </si>
   <si>
     <t>Lerouge Victor and Lerouge Benoit</t>
   </si>
   <si>
     <t>Manoharan Daniel and Kanagan Santhakumar</t>
   </si>