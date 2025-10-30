--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -140,63 +140,63 @@
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Roussel Hugues</t>
   </si>
   <si>
     <t>Roussel Rudy</t>
   </si>
   <si>
     <t>Sinha Rahul</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Dugué Nadège</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>