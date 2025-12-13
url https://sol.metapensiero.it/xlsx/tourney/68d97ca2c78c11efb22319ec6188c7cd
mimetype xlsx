--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -80,51 +80,51 @@
   <si>
     <t>Championnat de France de Simple 2024-25</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Messeant Thomas</t>
   </si>
   <si>
     <t>Morin Chrystelle</t>
   </si>