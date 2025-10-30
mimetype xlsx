--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -83,51 +83,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Babu Maghesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Joiko Patrick</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
@@ -161,51 +161,51 @@
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Wegener Bernd</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Hure Laurent</t>
   </si>
   <si>
     <t>Debethune Samuel</t>
   </si>
   <si>
     <t>Palande Vishwam</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Sudath Alwis</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Rolondo Gilot</t>
   </si>
   <si>
     <t>Morin Chrystelle</t>
   </si>
   <si>
     <t>Abdoullattif Mouhamad</t>
   </si>
   <si>
     <t>Board</t>
   </si>