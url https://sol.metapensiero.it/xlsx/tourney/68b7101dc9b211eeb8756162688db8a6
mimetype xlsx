--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -77,51 +77,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Babu Maghesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Joiko Patrick</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>