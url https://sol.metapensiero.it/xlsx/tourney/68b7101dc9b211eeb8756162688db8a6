--- v2 (2025-12-13)
+++ v3 (2026-01-22)
@@ -164,51 +164,51 @@
   <si>
     <t>Wegener Bernd</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Hure Laurent</t>
   </si>
   <si>
     <t>Debethune Samuel</t>
   </si>
   <si>
     <t>Palande Vishwam</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Toubert Rémy</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Rolondo Gilot</t>
   </si>
   <si>
     <t>Morin Chrystelle</t>
   </si>
   <si>
     <t>Abdoullattif Mouhamad</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>