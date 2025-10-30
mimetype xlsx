--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -113,51 +113,51 @@
   <si>
     <t>Ducos Eva</t>
   </si>
   <si>
     <t>Ciannarella Franck</t>
   </si>
   <si>
     <t>Blanch Jean-Louis</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Boulanger Jacques</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>